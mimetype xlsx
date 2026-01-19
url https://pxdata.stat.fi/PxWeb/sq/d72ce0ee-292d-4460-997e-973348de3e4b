--- v0 (2025-12-30)
+++ v1 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9268305fea24326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ea4f95e0e10436999731bfc4647e510.psmdcp" Id="R4e51c0a89d8e47ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R832769e655a44438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3fd7123d5e848379704e59778fd18c3.psmdcp" Id="Reed0e343e1164f55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="001_12bc_2023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Bruttokansantuote henkeä kohden kohden alueittain, vuosittain muuttujina Alue, Vuosi ja Tiedot</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>