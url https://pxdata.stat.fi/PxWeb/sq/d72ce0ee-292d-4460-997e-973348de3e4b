--- v1 (2026-01-19)
+++ v2 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R832769e655a44438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3fd7123d5e848379704e59778fd18c3.psmdcp" Id="Reed0e343e1164f55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4658b81120174a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a879a9d17344d8abbf71ea48d952a7a.psmdcp" Id="Rd2d0ec3cf0a849b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="001_12bc_2023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Bruttokansantuote henkeä kohden kohden alueittain, vuosittain muuttujina Alue, Vuosi ja Tiedot</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>