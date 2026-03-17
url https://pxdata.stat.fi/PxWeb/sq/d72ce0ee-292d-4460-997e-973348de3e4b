--- v2 (2026-02-24)
+++ v3 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4658b81120174a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a879a9d17344d8abbf71ea48d952a7a.psmdcp" Id="Rd2d0ec3cf0a849b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34483127c53b43c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1dcc91f0a127490791ae14906f28d25b.psmdcp" Id="R659603d9135a4c5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="001_12bc_2023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <x:si>
     <x:t>Bruttokansantuote henkeä kohden kohden alueittain, vuosittain muuttujina Alue, Vuosi ja Tiedot</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>